--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -1,596 +1,518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DCFC73C2-82F7-4193-93BA-AD9ED8A62EBB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="Calc"/>
+  <workbookPr backupFile="false" showObjects="all" date1904="false"/>
+  <workbookProtection/>
   <bookViews>
-    <workbookView xWindow="-38520" yWindow="4815" windowWidth="38640" windowHeight="21120" xr2:uid="{D3A9F29B-E7A1-40EA-A71C-05E054FD6F31}"/>
+    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
+    <sheet name="Tabelle1" sheetId="1" state="visible" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
+    <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
+      <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
-[...37 lines deleted...]
-    <t>GeT PO Nummer (Referenz, wird nicht aufgedruckt)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="14">
+  <si>
+    <t xml:space="preserve">Firmierung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niederlassung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Empfänger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Straße</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ort</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Auflage</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10-stellige Bestellnummer (PO-Nummer)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Post AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niederlassung BRIEF Musterstadt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wahlvorstand BR-Wahlen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Musterstr. 100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Musterstadt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pflichtfeld</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="General"/>
+  </numFmts>
+  <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+      <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <b val="true"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+      <charset val="1"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
-        <bgColor indexed="64"/>
+        <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  <cellStyleXfs count="20">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
-  <cellXfs count="4">
-[...6 lines deleted...]
-      <alignment horizontal="left"/>
+  <cellXfs count="6">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
+  <cellStyles count="6">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Comma" xfId="15" builtinId="3"/>
+    <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
+    <cellStyle name="Currency" xfId="17" builtinId="4"/>
+    <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
+    <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
-  <dxfs count="0"/>
-[...8 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="44546a"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="e7e6e6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4472c4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="ed7d31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a5a5a5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="ffc000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="5b9bd5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="70ad47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0563c1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="954f72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 – 2022">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
-            <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
-                <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
-                <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
-                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A7FD37D-A2B7-4397-8C99-5F385B59CAD4}">
-  <dimension ref="A1:G2"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:H2"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="G11" activeCellId="0" sqref="G11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="10.59765625" defaultRowHeight="15" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18.5703125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="47.5703125" bestFit="1" customWidth="1"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="18.57"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="1" width="40.72"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="1" width="34.43"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="1" width="29.71"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="1" width="17.14"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="1" width="25"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="1" width="47.57"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="1" width="51.6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="D1" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G1" s="1" t="s">
+    </row>
+    <row r="2" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A2" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" s="3" t="n">
+        <v>12345</v>
+      </c>
+      <c r="F2" s="4" t="s">
         <v>12</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>11</v>
+      <c r="G2" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7" right="0.7" top="0.7875" bottom="0.7875" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{736915f3-2f02-4945-8997-f2963298db46}" enabled="1" method="Standard" siteId="{cd99fef8-1cd3-4a2a-9bdf-15531181d65e}" contentBits="1" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template/>
   <TotalTime></TotalTime>
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>LibreOffice/24.2.7.2$Linux_X86_64 LibreOffice_project/420$Build-2</Application>
+  <AppVersion></AppVersion>
   <Company>Microsoft</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...2 lines deleted...]
-  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Nina Bopp</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:description/>
+  <dc:language>de-DE</dc:language>
+  <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
+  <dc:title/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>